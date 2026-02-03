--- v0 (2025-12-18)
+++ v1 (2026-02-03)
@@ -11055,61 +11055,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>в ВК.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A71CBF" w:rsidRPr="000F5664" w:rsidRDefault="00A71CBF" w:rsidP="00A71CBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>У</w:t>
-[...9 lines deleted...]
-              <w:t>роки знаний</w:t>
+              <w:t>Уроки знаний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A71CBF" w:rsidRPr="000F5664" w:rsidRDefault="00A71CBF" w:rsidP="00A71CBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">596 чел. </w:t>
             </w:r>
@@ -15273,187 +15263,2483 @@
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidR="006825A5" w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> чел.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006825A5" w:rsidRPr="000F5664" w:rsidRDefault="006825A5" w:rsidP="006825A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7 класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F07365" w:rsidRPr="000F5664" w:rsidTr="000308C1">
+      <w:tr w:rsidR="008139B5" w:rsidRPr="000F5664" w:rsidTr="008139B5">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11201" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="008139B5" w:rsidRPr="000F5664" w:rsidRDefault="008139B5" w:rsidP="008139B5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>этап Эстафеты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="009255C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рациональное потребление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008139B5" w:rsidRDefault="008139B5" w:rsidP="009255C4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F5664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">(период: </w:t>
+            </w:r>
+            <w:r w:rsidR="009255C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>19.11.2025 - 10.02.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009255C4" w:rsidRPr="009255C4" w:rsidRDefault="009255C4" w:rsidP="009255C4">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>* п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009255C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>оказатели указаны по 31.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Планирование бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 20 имени В.Г. Рязанова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7-9 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>27.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Контроль расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 20 имени В.Г. Рязанова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7-9 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>01.12.2025-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Вводный. Знакомство с Эстафетой финансовой грамотности (4 этап): «Рациональное потребление».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Просмотр тематических видеосюжетов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Освещение в учебных сообществах в ВК по проводимым мероприятиям (размещение информации).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ "СОШ № 11"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Очное/онлайн/ офлайн через школьные сообщества в ВК.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уроки знаний. Всего 25 мероприятий </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">596 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5-11 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>04.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Избегание импульсивных покупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 20 имени В.Г. Рязанова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7-9 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>08.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"Рациональное потребление: быть покупки или не быть"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"МБОУ СОШ №9"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лекция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9 класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>08.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«Мои финансы: Рациональное потребление –ключ к финансовой стабильности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МАОУ «СОШ №10 имени Героя Советского Союза А.М. Кузнецова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лекция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8-9 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>08.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Спонтанные покупки. Как их избежать?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ "СОШ № 14 с УИОП"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Лекция. Составление чек-листов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«Умный шопинг»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ №12»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Урок-лекция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8 класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00271396" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Влияние рекламы и социальных факторов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 20 имени В.Г. Рязанова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRPr="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00271396" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004725DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00271396" w:rsidRPr="004725DD" w:rsidRDefault="00271396" w:rsidP="00271396">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7-9 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Экономия семейного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 17»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>екция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подростки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мастер-класс по изготовлению закладок-копеечек, мини-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>копилочек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и обсуждение идеи накопления денег на мечту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 17»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рактическое занятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учащиеся младших классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>18.12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Критическое осмысление рекламы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МБОУ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«СОШ № 20 имени В.Г. Рязанова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подростки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>19.12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Финансовое путешествие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 17»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еловая игра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подростки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>23.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мои потребности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МБОУ «СОШ № 4»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>игра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подростки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.12.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рациональное потребление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>МАОУ «СОШ №10 им. Героя Советского Союза А.М. Кузнецова»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>идеолек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>торий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подростки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="00271396" w:rsidTr="008C4E72">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1594"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25.12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Объяснение ключевых терминов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МБОУ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>СОШ № 20 имени В.Г. Рязанова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00142C7B" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF5AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чел.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00142C7B" w:rsidRPr="00FF5AB8" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подростки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00142C7B" w:rsidRPr="000F5664" w:rsidTr="000308C1">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11201" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w:rsidR="00F07365" w:rsidRPr="000F5664" w:rsidRDefault="00F07365" w:rsidP="00F07365">
+          <w:p w:rsidR="00142C7B" w:rsidRPr="000F5664" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F07365" w:rsidRPr="000F5664" w:rsidRDefault="00F07365" w:rsidP="00F07365">
+          <w:p w:rsidR="00142C7B" w:rsidRPr="000F5664" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ВСЕГО </w:t>
             </w:r>
-            <w:r w:rsidR="002E0A56">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">в 2025 году </w:t>
             </w:r>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">в рамках Эстафет финансовой грамотности: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F07365" w:rsidRPr="000F5664" w:rsidRDefault="00F07365" w:rsidP="00F07365">
+          <w:p w:rsidR="00142C7B" w:rsidRPr="000F5664" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5664">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>приняли участие</w:t>
             </w:r>
-            <w:r w:rsidR="00766BF3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> 12 365 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000F5664">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00055A3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
+              <w:t>13 433</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F5664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
               <w:t>человек.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F07365" w:rsidRPr="000F5664" w:rsidRDefault="00F07365" w:rsidP="00F07365">
+          <w:p w:rsidR="00142C7B" w:rsidRPr="000F5664" w:rsidRDefault="00142C7B" w:rsidP="00142C7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00716592" w:rsidRPr="006441D1" w:rsidRDefault="00716592" w:rsidP="00716592">
       <w:pPr>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00716592" w:rsidRPr="00376835" w:rsidRDefault="00716592" w:rsidP="00376835">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001974B9" w:rsidRDefault="001974B9"/>
     <w:sectPr w:rsidR="001974B9" w:rsidSect="003D0ECB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D522815"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7461026"/>
     <w:lvl w:ilvl="0">
@@ -15544,127 +17830,247 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5672"/>
         </w:tabs>
         <w:ind w:left="5672" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6381"/>
         </w:tabs>
         <w:ind w:left="6381" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17A01C09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C22CA7A0"/>
+    <w:lvl w:ilvl="0" w:tplc="6978A60C">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E6BFA"/>
     <w:rsid w:val="000110C3"/>
     <w:rsid w:val="000308C1"/>
     <w:rsid w:val="00031184"/>
     <w:rsid w:val="00040BFE"/>
     <w:rsid w:val="000515F3"/>
     <w:rsid w:val="00053CDD"/>
+    <w:rsid w:val="00055A3D"/>
     <w:rsid w:val="00057717"/>
     <w:rsid w:val="00062510"/>
     <w:rsid w:val="00093559"/>
     <w:rsid w:val="0009661C"/>
     <w:rsid w:val="00096FEC"/>
     <w:rsid w:val="000A2F6F"/>
     <w:rsid w:val="000A6E90"/>
     <w:rsid w:val="000A7061"/>
     <w:rsid w:val="000C3E01"/>
     <w:rsid w:val="000C5FC2"/>
     <w:rsid w:val="000E74B6"/>
     <w:rsid w:val="000F3012"/>
     <w:rsid w:val="000F5664"/>
     <w:rsid w:val="00106C8D"/>
     <w:rsid w:val="00107C9C"/>
     <w:rsid w:val="00113950"/>
     <w:rsid w:val="0012581A"/>
     <w:rsid w:val="001320C7"/>
     <w:rsid w:val="001355CA"/>
+    <w:rsid w:val="00142C7B"/>
     <w:rsid w:val="00157DD3"/>
     <w:rsid w:val="001974B9"/>
     <w:rsid w:val="001C4A76"/>
     <w:rsid w:val="001D5182"/>
     <w:rsid w:val="001F534F"/>
     <w:rsid w:val="002036A1"/>
     <w:rsid w:val="00203B2E"/>
+    <w:rsid w:val="0021474D"/>
     <w:rsid w:val="00224F7B"/>
     <w:rsid w:val="00242170"/>
     <w:rsid w:val="00256847"/>
+    <w:rsid w:val="00271396"/>
     <w:rsid w:val="00283B2F"/>
     <w:rsid w:val="00284973"/>
     <w:rsid w:val="0028687B"/>
     <w:rsid w:val="00292D19"/>
     <w:rsid w:val="002954D5"/>
     <w:rsid w:val="0029582E"/>
     <w:rsid w:val="002D2F25"/>
     <w:rsid w:val="002D35DF"/>
     <w:rsid w:val="002E0A56"/>
     <w:rsid w:val="00306628"/>
     <w:rsid w:val="00306B2A"/>
     <w:rsid w:val="0032004A"/>
     <w:rsid w:val="00321BF8"/>
     <w:rsid w:val="00336E65"/>
     <w:rsid w:val="0035676F"/>
     <w:rsid w:val="00356D24"/>
     <w:rsid w:val="0036468E"/>
     <w:rsid w:val="00376835"/>
     <w:rsid w:val="003B3058"/>
     <w:rsid w:val="003D0ECB"/>
     <w:rsid w:val="003E790B"/>
     <w:rsid w:val="0042652B"/>
     <w:rsid w:val="00431D8C"/>
     <w:rsid w:val="004554C0"/>
     <w:rsid w:val="004707E6"/>
@@ -15703,99 +18109,103 @@
     <w:rsid w:val="0067595D"/>
     <w:rsid w:val="006825A5"/>
     <w:rsid w:val="006A0AE5"/>
     <w:rsid w:val="006A7847"/>
     <w:rsid w:val="006B4342"/>
     <w:rsid w:val="006B5A32"/>
     <w:rsid w:val="006C2567"/>
     <w:rsid w:val="006E44CE"/>
     <w:rsid w:val="006E6BFA"/>
     <w:rsid w:val="00716592"/>
     <w:rsid w:val="00726622"/>
     <w:rsid w:val="00727C5D"/>
     <w:rsid w:val="00735D21"/>
     <w:rsid w:val="00753BF9"/>
     <w:rsid w:val="00756349"/>
     <w:rsid w:val="00761943"/>
     <w:rsid w:val="00764369"/>
     <w:rsid w:val="0076575D"/>
     <w:rsid w:val="00766BF3"/>
     <w:rsid w:val="00773997"/>
     <w:rsid w:val="007744B4"/>
     <w:rsid w:val="00785CA6"/>
     <w:rsid w:val="00787B10"/>
     <w:rsid w:val="007F373A"/>
     <w:rsid w:val="0080687E"/>
+    <w:rsid w:val="008139B5"/>
     <w:rsid w:val="00832B06"/>
     <w:rsid w:val="008369B6"/>
     <w:rsid w:val="00852E88"/>
     <w:rsid w:val="00873037"/>
     <w:rsid w:val="00874AAC"/>
     <w:rsid w:val="00891E7A"/>
     <w:rsid w:val="008B253C"/>
     <w:rsid w:val="008B2C62"/>
     <w:rsid w:val="008C1727"/>
     <w:rsid w:val="008C4E72"/>
     <w:rsid w:val="008C5E2E"/>
     <w:rsid w:val="008D1DFE"/>
     <w:rsid w:val="008D31F2"/>
     <w:rsid w:val="008E1496"/>
     <w:rsid w:val="009003C4"/>
     <w:rsid w:val="00902448"/>
     <w:rsid w:val="0091226A"/>
+    <w:rsid w:val="009255C4"/>
     <w:rsid w:val="009273BD"/>
     <w:rsid w:val="00927E87"/>
     <w:rsid w:val="0094302C"/>
     <w:rsid w:val="00947A90"/>
     <w:rsid w:val="00955103"/>
     <w:rsid w:val="00955F05"/>
     <w:rsid w:val="009635DA"/>
     <w:rsid w:val="009734D6"/>
     <w:rsid w:val="009A039D"/>
     <w:rsid w:val="009A280C"/>
     <w:rsid w:val="009A3F2F"/>
     <w:rsid w:val="009B7D24"/>
     <w:rsid w:val="009E3A77"/>
     <w:rsid w:val="009F0902"/>
     <w:rsid w:val="00A038A4"/>
     <w:rsid w:val="00A03926"/>
     <w:rsid w:val="00A11C63"/>
     <w:rsid w:val="00A14222"/>
     <w:rsid w:val="00A43EC0"/>
     <w:rsid w:val="00A47AEE"/>
     <w:rsid w:val="00A53501"/>
     <w:rsid w:val="00A56972"/>
     <w:rsid w:val="00A607AD"/>
     <w:rsid w:val="00A7133E"/>
     <w:rsid w:val="00A71CBF"/>
     <w:rsid w:val="00A869F1"/>
     <w:rsid w:val="00AA0E02"/>
     <w:rsid w:val="00AB4EFD"/>
     <w:rsid w:val="00AB585A"/>
     <w:rsid w:val="00B04A3B"/>
     <w:rsid w:val="00B36554"/>
+    <w:rsid w:val="00B4268B"/>
     <w:rsid w:val="00B47F98"/>
+    <w:rsid w:val="00B5415F"/>
     <w:rsid w:val="00B731BA"/>
     <w:rsid w:val="00B77799"/>
     <w:rsid w:val="00B9130F"/>
     <w:rsid w:val="00BA05CC"/>
     <w:rsid w:val="00BB67FD"/>
     <w:rsid w:val="00BE7427"/>
     <w:rsid w:val="00BF5D6D"/>
     <w:rsid w:val="00C01424"/>
     <w:rsid w:val="00C075E7"/>
     <w:rsid w:val="00C174E7"/>
     <w:rsid w:val="00C31E95"/>
     <w:rsid w:val="00C36974"/>
     <w:rsid w:val="00C36BE4"/>
     <w:rsid w:val="00C37A57"/>
     <w:rsid w:val="00C44862"/>
     <w:rsid w:val="00C4673A"/>
     <w:rsid w:val="00C476DC"/>
     <w:rsid w:val="00C62ED7"/>
     <w:rsid w:val="00C655B5"/>
     <w:rsid w:val="00C72C83"/>
     <w:rsid w:val="00C75E9B"/>
     <w:rsid w:val="00C8342D"/>
     <w:rsid w:val="00C83691"/>
     <w:rsid w:val="00CA22A3"/>
     <w:rsid w:val="00CB2FD6"/>
@@ -15844,51 +18254,51 @@
     <w:rsid w:val="00FF6DD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7F05112F"/>
+  <w14:docId w14:val="19EF97D9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A97A5B5-4E4A-4696-A3F2-5FFAC2BC102E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -16746,82 +19156,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9753DBEF-8E00-425D-B771-3F1EA234C209}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83E03CF7-04C8-415A-8352-FB4630DC8B0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>12812</Characters>
+  <Pages>8</Pages>
+  <Words>2559</Words>
+  <Characters>14587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15029</CharactersWithSpaces>
+  <CharactersWithSpaces>17112</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Марина Голубева</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>